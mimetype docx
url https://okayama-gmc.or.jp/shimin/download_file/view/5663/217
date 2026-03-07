--- v0 (2026-01-20)
+++ v1 (2026-03-07)
@@ -284,64 +284,153 @@
               </w:rPr>
               <w:t xml:space="preserve">　　　　　　　氏　　名</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4B1F6E11" w14:textId="77777777" w:rsidR="00C44CE5" w:rsidRPr="00F919C6" w:rsidRDefault="00C44CE5" w:rsidP="00C44CE5">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:kinsoku w:val="0"/>
               <w:wordWrap w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="354" w:lineRule="atLeast"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorEastAsia" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorEastAsia" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="16"/>
                 <w:kern w:val="0"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="0FCE7126" w14:textId="77777777" w:rsidR="00C44CE5" w:rsidRPr="00F919C6" w:rsidRDefault="00C44CE5" w:rsidP="00C44CE5">
-[...12 lines deleted...]
-                <w:rFonts w:asciiTheme="majorEastAsia" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorEastAsia" w:cs="Times New Roman"/>
+          <w:p w14:paraId="0FCE7126" w14:textId="7751DACB" w:rsidR="00C44CE5" w:rsidRPr="00DE41EB" w:rsidRDefault="00DE41EB" w:rsidP="00C44CE5">
+            <w:pPr>
+              <w:suppressAutoHyphens/>
+              <w:kinsoku w:val="0"/>
+              <w:wordWrap w:val="0"/>
+              <w:overflowPunct w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:line="354" w:lineRule="atLeast"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorEastAsia" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorEastAsia" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="16"/>
+                <w:kern w:val="0"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorEastAsia" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorEastAsia" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="16"/>
+                <w:kern w:val="0"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">　　　　　　</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00564893">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorEastAsia" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorEastAsia" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="16"/>
+                <w:kern w:val="0"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">生年月日　</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00564893">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorEastAsia" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorEastAsia" w:cs="HG丸ｺﾞｼｯｸM-PRO" w:hint="eastAsia"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="-30"/>
+                <w:kern w:val="0"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">明 ・ 大 ・ 昭 ・ </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00564893">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorEastAsia" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorEastAsia" w:cs="HG丸ｺﾞｼｯｸM-PRO" w:hint="eastAsia"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>平</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00564893">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorEastAsia" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorEastAsia" w:cs="HG丸ｺﾞｼｯｸM-PRO" w:hint="eastAsia"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="-30"/>
+                <w:kern w:val="0"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">・ </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00564893">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorEastAsia" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorEastAsia" w:cs="HG丸ｺﾞｼｯｸM-PRO" w:hint="eastAsia"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>令</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00564893">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorEastAsia" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorEastAsia" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="16"/>
+                <w:kern w:val="0"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">　　　年　　　月　　　日</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="129104A0" w14:textId="77777777" w:rsidR="00DE41EB" w:rsidRPr="00F919C6" w:rsidRDefault="00DE41EB" w:rsidP="00C44CE5">
+            <w:pPr>
+              <w:suppressAutoHyphens/>
+              <w:kinsoku w:val="0"/>
+              <w:wordWrap w:val="0"/>
+              <w:overflowPunct w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:line="354" w:lineRule="atLeast"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorEastAsia" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorEastAsia" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="16"/>
                 <w:kern w:val="0"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7DD772A7" w14:textId="77777777" w:rsidR="00C44CE5" w:rsidRPr="00F919C6" w:rsidRDefault="00C44CE5" w:rsidP="00C44CE5">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:kinsoku w:val="0"/>
               <w:wordWrap w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="354" w:lineRule="atLeast"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorEastAsia" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorEastAsia" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="16"/>
                 <w:kern w:val="0"/>
                 <w:szCs w:val="21"/>
@@ -1164,85 +1253,86 @@
       <w:pPr>
         <w:ind w:left="3360" w:hanging="420"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090011" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimalEnclosedCircle"/>
       <w:lvlText w:val="%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3780" w:hanging="420"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1854755969">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
-  <w:proofState w:spelling="clean" w:grammar="dirty"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="840"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="62465">
+    <o:shapedefaults v:ext="edit" spidmax="64513">
       <v:textbox inset="5.85pt,.7pt,5.85pt,.7pt"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:adjustLineHeightInTable/>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C44CE5"/>
+    <w:rsid w:val="000531C9"/>
     <w:rsid w:val="00057CD8"/>
     <w:rsid w:val="0006728C"/>
     <w:rsid w:val="000B5054"/>
     <w:rsid w:val="000E3665"/>
     <w:rsid w:val="000E755D"/>
     <w:rsid w:val="00117209"/>
     <w:rsid w:val="00124863"/>
     <w:rsid w:val="00193E9A"/>
     <w:rsid w:val="001A0434"/>
     <w:rsid w:val="001B168F"/>
     <w:rsid w:val="001E1B06"/>
     <w:rsid w:val="0021767A"/>
     <w:rsid w:val="0023639B"/>
     <w:rsid w:val="00243C3D"/>
     <w:rsid w:val="0027274A"/>
     <w:rsid w:val="002772F7"/>
     <w:rsid w:val="00334261"/>
     <w:rsid w:val="003619FC"/>
     <w:rsid w:val="00383605"/>
     <w:rsid w:val="003836E9"/>
     <w:rsid w:val="003B0736"/>
     <w:rsid w:val="003C40DB"/>
     <w:rsid w:val="003C5A47"/>
     <w:rsid w:val="003E68C3"/>
     <w:rsid w:val="00404C15"/>
@@ -1256,114 +1346,116 @@
     <w:rsid w:val="00560F89"/>
     <w:rsid w:val="0058254A"/>
     <w:rsid w:val="00590A51"/>
     <w:rsid w:val="005D5CAB"/>
     <w:rsid w:val="00617B8E"/>
     <w:rsid w:val="0067254B"/>
     <w:rsid w:val="006E12B4"/>
     <w:rsid w:val="00704A97"/>
     <w:rsid w:val="00710A1F"/>
     <w:rsid w:val="00712E4A"/>
     <w:rsid w:val="00730E5A"/>
     <w:rsid w:val="007502CD"/>
     <w:rsid w:val="00790371"/>
     <w:rsid w:val="007907B8"/>
     <w:rsid w:val="00803A81"/>
     <w:rsid w:val="00812932"/>
     <w:rsid w:val="00831CB2"/>
     <w:rsid w:val="008A46C8"/>
     <w:rsid w:val="00902B2E"/>
     <w:rsid w:val="0091524F"/>
     <w:rsid w:val="00932D6B"/>
     <w:rsid w:val="009546DC"/>
     <w:rsid w:val="00954830"/>
     <w:rsid w:val="00991231"/>
     <w:rsid w:val="009917CC"/>
+    <w:rsid w:val="009C49BD"/>
     <w:rsid w:val="00A05B0B"/>
     <w:rsid w:val="00A26457"/>
     <w:rsid w:val="00A7397D"/>
     <w:rsid w:val="00A75421"/>
     <w:rsid w:val="00A82B33"/>
     <w:rsid w:val="00A84BD9"/>
     <w:rsid w:val="00A94480"/>
     <w:rsid w:val="00AB0C15"/>
     <w:rsid w:val="00AC0CCD"/>
     <w:rsid w:val="00AC3CBC"/>
     <w:rsid w:val="00AC7BCD"/>
     <w:rsid w:val="00B32731"/>
     <w:rsid w:val="00B34F0C"/>
     <w:rsid w:val="00B35138"/>
     <w:rsid w:val="00B53D94"/>
     <w:rsid w:val="00B748A5"/>
     <w:rsid w:val="00B95092"/>
     <w:rsid w:val="00BE01C6"/>
     <w:rsid w:val="00BE3B2C"/>
     <w:rsid w:val="00C44CE5"/>
     <w:rsid w:val="00C44E75"/>
     <w:rsid w:val="00C47005"/>
     <w:rsid w:val="00C65EB2"/>
     <w:rsid w:val="00C66EA2"/>
     <w:rsid w:val="00C751F1"/>
     <w:rsid w:val="00C85863"/>
     <w:rsid w:val="00C92201"/>
     <w:rsid w:val="00C973CB"/>
     <w:rsid w:val="00D00926"/>
     <w:rsid w:val="00D05BC0"/>
     <w:rsid w:val="00D46CDF"/>
     <w:rsid w:val="00D66C6E"/>
     <w:rsid w:val="00DD457D"/>
+    <w:rsid w:val="00DE41EB"/>
     <w:rsid w:val="00E24D67"/>
     <w:rsid w:val="00E32207"/>
     <w:rsid w:val="00E517BF"/>
     <w:rsid w:val="00E55097"/>
     <w:rsid w:val="00E631F2"/>
     <w:rsid w:val="00EA2C49"/>
     <w:rsid w:val="00EB3227"/>
     <w:rsid w:val="00EB64FB"/>
     <w:rsid w:val="00F919C6"/>
     <w:rsid w:val="00FA43B2"/>
     <w:rsid w:val="00FE211B"/>
     <w:rsid w:val="00FE3D71"/>
     <w:rsid w:val="00FF6058"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="62465">
+    <o:shapedefaults v:ext="edit" spidmax="64513">
       <v:textbox inset="5.85pt,.7pt,5.85pt,.7pt"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="6EE5FAC3"/>
   <w15:docId w15:val="{CB17AEE9-7F8A-4ECA-A291-69570650C2C9}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="21"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
@@ -2229,66 +2321,66 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11563F7A-72AB-419C-8E7C-7D31D2269DB1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>41</Words>
-  <Characters>236</Characters>
+  <Words>47</Words>
+  <Characters>270</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>1</Lines>
+  <Lines>2</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>タイトル</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>276</CharactersWithSpaces>
+  <CharactersWithSpaces>316</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>杉原 浩二</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>