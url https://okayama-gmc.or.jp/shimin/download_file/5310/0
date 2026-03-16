--- v0 (2026-01-30)
+++ v1 (2026-03-16)
@@ -1,312 +1,352 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w14:paraId="24E06E69" w14:textId="2D4A8C49" w:rsidR="009E6734" w:rsidRDefault="009E6734" w:rsidP="007C506E">
       <w:pPr>
         <w:overflowPunct w:val="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>様式</w:t>
       </w:r>
       <w:r w:rsidR="00C70258">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>４</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B14C3AA" w14:textId="45270B0D" w:rsidR="009E6734" w:rsidRPr="009055DF" w:rsidRDefault="009E6734" w:rsidP="009E6734">
       <w:pPr>
         <w:overflowPunct w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009055DF">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>ワクチン接種歴・抗体検査等報告書</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2405"/>
-        <w:gridCol w:w="7961"/>
+        <w:gridCol w:w="1513"/>
+        <w:gridCol w:w="7271"/>
+        <w:gridCol w:w="1672"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009E6734" w14:paraId="48CE02AF" w14:textId="77777777" w:rsidTr="00A219DB">
+      <w:tr w:rsidR="00DD5392" w14:paraId="48CE02AF" w14:textId="5E211E5E" w:rsidTr="002C20BE">
         <w:trPr>
           <w:trHeight w:val="522"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2405" w:type="dxa"/>
+            <w:tcW w:w="1513" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3ECFD74F" w14:textId="75655945" w:rsidR="009E6734" w:rsidRDefault="009E6734" w:rsidP="009E6734">
+          <w:p w14:paraId="3ECFD74F" w14:textId="75655945" w:rsidR="00DD5392" w:rsidRDefault="00DD5392" w:rsidP="009E6734">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>記入年月日</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7961" w:type="dxa"/>
+            <w:tcW w:w="8943" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4683C94A" w14:textId="76DF81F5" w:rsidR="009E6734" w:rsidRDefault="009055DF" w:rsidP="009E6734">
-[...2 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="3796F037" w14:textId="0031F477" w:rsidR="00DD5392" w:rsidRDefault="00DD5392" w:rsidP="009E6734">
+            <w:pPr>
+              <w:overflowPunct w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>西暦　　　　　　年　　　　月　　　　日</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009E6734" w14:paraId="72AF5713" w14:textId="77777777" w:rsidTr="00A219DB">
+      <w:tr w:rsidR="00DD5392" w14:paraId="72AF5713" w14:textId="348A2F52" w:rsidTr="00DD5392">
         <w:trPr>
           <w:trHeight w:val="347"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2405" w:type="dxa"/>
+            <w:tcW w:w="1513" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7C61ADE9" w14:textId="5DC6D4B8" w:rsidR="009E6734" w:rsidRDefault="009E6734" w:rsidP="009E6734">
+          <w:p w14:paraId="7C61ADE9" w14:textId="5DC6D4B8" w:rsidR="00DD5392" w:rsidRDefault="00DD5392" w:rsidP="009E6734">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>フリガナ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7961" w:type="dxa"/>
+            <w:tcW w:w="7271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4A59D0E2" w14:textId="77777777" w:rsidR="009E6734" w:rsidRDefault="009E6734" w:rsidP="009E6734">
+          <w:p w14:paraId="4A59D0E2" w14:textId="77777777" w:rsidR="00DD5392" w:rsidRDefault="00DD5392" w:rsidP="009E6734">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1672" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="34461F40" w14:textId="7868D526" w:rsidR="00DD5392" w:rsidRDefault="00DD5392" w:rsidP="00DD5392">
+            <w:pPr>
+              <w:overflowPunct w:val="0"/>
+              <w:ind w:firstLineChars="150" w:firstLine="360"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>性　別</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009E6734" w14:paraId="79F55637" w14:textId="77777777" w:rsidTr="00A219DB">
+      <w:tr w:rsidR="00DD5392" w14:paraId="79F55637" w14:textId="0129B884" w:rsidTr="00DD5392">
         <w:trPr>
           <w:trHeight w:val="750"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2405" w:type="dxa"/>
+            <w:tcW w:w="1513" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="35A83444" w14:textId="4B049C24" w:rsidR="009E6734" w:rsidRDefault="009E6734" w:rsidP="009E6734">
+          <w:p w14:paraId="35A83444" w14:textId="4B049C24" w:rsidR="00DD5392" w:rsidRDefault="00DD5392" w:rsidP="009E6734">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>氏　　名</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7961" w:type="dxa"/>
+            <w:tcW w:w="7271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="10E9F1FE" w14:textId="77777777" w:rsidR="009E6734" w:rsidRDefault="009E6734" w:rsidP="009E6734">
+          <w:p w14:paraId="10E9F1FE" w14:textId="77777777" w:rsidR="00DD5392" w:rsidRDefault="00DD5392" w:rsidP="009E6734">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1672" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="38984066" w14:textId="77777777" w:rsidR="00DD5392" w:rsidRDefault="00DD5392" w:rsidP="009E6734">
+            <w:pPr>
+              <w:overflowPunct w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009E6734" w14:paraId="37BA1B21" w14:textId="77777777" w:rsidTr="00A219DB">
+      <w:tr w:rsidR="00DD5392" w14:paraId="37BA1B21" w14:textId="43EB557C" w:rsidTr="00853CCE">
         <w:trPr>
           <w:trHeight w:val="619"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2405" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="5E138E05" w14:textId="2BA558DA" w:rsidR="009E6734" w:rsidRDefault="006B6F79" w:rsidP="009E6734">
+            <w:tcW w:w="1513" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E138E05" w14:textId="2BA558DA" w:rsidR="00DD5392" w:rsidRDefault="00DD5392" w:rsidP="009E6734">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>所属</w:t>
-[...16 lines deleted...]
-          <w:p w14:paraId="2F3C4F47" w14:textId="77777777" w:rsidR="009E6734" w:rsidRDefault="009E6734" w:rsidP="009E6734">
+              <w:t>所属施設名</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8943" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="363B3F7A" w14:textId="77777777" w:rsidR="00DD5392" w:rsidRDefault="00DD5392" w:rsidP="009E6734">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1EBE1E24" w14:textId="16599E81" w:rsidR="009E6734" w:rsidRDefault="009E6734" w:rsidP="009E6734">
       <w:pPr>
         <w:overflowPunct w:val="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
         <w:tblW w:w="10456" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
@@ -2109,152 +2149,152 @@
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00165D97">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>特記事項（アレルギー等）</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="36921F44" w14:textId="7CA93EA7" w:rsidR="006E020E" w:rsidRPr="002365C8" w:rsidRDefault="006E020E" w:rsidP="002365C8">
       <w:pPr>
         <w:overflowPunct w:val="0"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="_Hlk187321315"/>
-      <w:bookmarkEnd w:id="1"/>
+      <w:bookmarkStart w:id="0" w:name="_Hlk187321315"/>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:sectPr w:rsidR="006E020E" w:rsidRPr="002365C8" w:rsidSect="009055DF">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="851" w:footer="992" w:gutter="0"/>
       <w:cols w:space="425"/>
       <w:docGrid w:type="lines" w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="3348A5C9" w14:textId="77777777" w:rsidR="0011784C" w:rsidRDefault="0011784C" w:rsidP="00B9411A">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="5A3B1CB0" w14:textId="77777777" w:rsidR="0011784C" w:rsidRDefault="0011784C" w:rsidP="00B9411A">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Century">
     <w:panose1 w:val="02040604050505020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="ＭＳ 明朝">
     <w:altName w:val="MS Mincho"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="ＭＳ ゴシック">
     <w:altName w:val="MS Gothic"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="3D29AFC2" w14:textId="77777777" w:rsidR="0011784C" w:rsidRDefault="0011784C" w:rsidP="00B9411A">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="10180ECA" w14:textId="77777777" w:rsidR="0011784C" w:rsidRDefault="0011784C" w:rsidP="00B9411A">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00974FF1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="17AEC032"/>
     <w:lvl w:ilvl="0" w:tplc="21EEEA90">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimalEnclosedCircle"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090017" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="aiueoFullWidth"/>
       <w:lvlText w:val="(%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="880" w:hanging="440"/>
       </w:pPr>
     </w:lvl>
@@ -2615,75 +2655,74 @@
     <w:lvl w:ilvl="7" w:tplc="0409000B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3880" w:hanging="440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409000D" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="135295469">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="568805880">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="522129431">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="1644390890">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="ja-JP" w:vendorID="64" w:dllVersion="5" w:nlCheck="1" w:checkStyle="1"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="ja-JP" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="1"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="ja-JP" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="1"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="4096" w:nlCheck="1" w:checkStyle="0"/>
-  <w:proofState w:spelling="clean" w:grammar="dirty"/>
   <w:defaultTabStop w:val="851"/>
   <w:drawingGridHorizontalSpacing w:val="105"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="26625">
       <v:textbox inset="5.85pt,.7pt,5.85pt,.7pt"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
@@ -2697,57 +2736,57 @@
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00FB6C30"/>
     <w:rsid w:val="00014496"/>
     <w:rsid w:val="00041B67"/>
     <w:rsid w:val="00067DF7"/>
     <w:rsid w:val="00086DB5"/>
     <w:rsid w:val="000C71A9"/>
     <w:rsid w:val="00100ECC"/>
     <w:rsid w:val="0011784C"/>
     <w:rsid w:val="00165D97"/>
     <w:rsid w:val="001802F6"/>
     <w:rsid w:val="001B2934"/>
     <w:rsid w:val="001D5246"/>
     <w:rsid w:val="001F6EBA"/>
     <w:rsid w:val="002034F8"/>
     <w:rsid w:val="002365C8"/>
     <w:rsid w:val="00237C2D"/>
     <w:rsid w:val="0024320E"/>
     <w:rsid w:val="0029736C"/>
     <w:rsid w:val="002D20D5"/>
     <w:rsid w:val="00300053"/>
     <w:rsid w:val="00305508"/>
     <w:rsid w:val="003057F9"/>
-    <w:rsid w:val="00312297"/>
     <w:rsid w:val="00314992"/>
     <w:rsid w:val="00332BFF"/>
     <w:rsid w:val="003443F1"/>
     <w:rsid w:val="00346657"/>
     <w:rsid w:val="00356201"/>
     <w:rsid w:val="00376970"/>
+    <w:rsid w:val="00385062"/>
     <w:rsid w:val="00390B98"/>
     <w:rsid w:val="003D06D5"/>
     <w:rsid w:val="003F0C0C"/>
     <w:rsid w:val="00411477"/>
     <w:rsid w:val="00415789"/>
     <w:rsid w:val="004324AB"/>
     <w:rsid w:val="004474FE"/>
     <w:rsid w:val="00485A40"/>
     <w:rsid w:val="004967C0"/>
     <w:rsid w:val="004A433C"/>
     <w:rsid w:val="004C13D4"/>
     <w:rsid w:val="004C1AAE"/>
     <w:rsid w:val="004C7443"/>
     <w:rsid w:val="004E7E07"/>
     <w:rsid w:val="0050666D"/>
     <w:rsid w:val="0050745C"/>
     <w:rsid w:val="00553A79"/>
     <w:rsid w:val="00554E59"/>
     <w:rsid w:val="0056309E"/>
     <w:rsid w:val="005B606D"/>
     <w:rsid w:val="005C44CA"/>
     <w:rsid w:val="00606DA5"/>
     <w:rsid w:val="00651CA2"/>
     <w:rsid w:val="006645B2"/>
     <w:rsid w:val="006665B3"/>
@@ -2781,123 +2820,125 @@
     <w:rsid w:val="00935100"/>
     <w:rsid w:val="00941693"/>
     <w:rsid w:val="009767D9"/>
     <w:rsid w:val="009A67F7"/>
     <w:rsid w:val="009D56B9"/>
     <w:rsid w:val="009E6734"/>
     <w:rsid w:val="009F20B5"/>
     <w:rsid w:val="00A05234"/>
     <w:rsid w:val="00A11284"/>
     <w:rsid w:val="00A15236"/>
     <w:rsid w:val="00A219DB"/>
     <w:rsid w:val="00A23976"/>
     <w:rsid w:val="00A36B51"/>
     <w:rsid w:val="00A42658"/>
     <w:rsid w:val="00A448CC"/>
     <w:rsid w:val="00A50C95"/>
     <w:rsid w:val="00A84963"/>
     <w:rsid w:val="00B16219"/>
     <w:rsid w:val="00B2363A"/>
     <w:rsid w:val="00B447FC"/>
     <w:rsid w:val="00B47054"/>
     <w:rsid w:val="00B72D12"/>
     <w:rsid w:val="00B9411A"/>
     <w:rsid w:val="00B960E4"/>
     <w:rsid w:val="00BF5A11"/>
+    <w:rsid w:val="00C07825"/>
     <w:rsid w:val="00C345F5"/>
     <w:rsid w:val="00C53B3B"/>
     <w:rsid w:val="00C70258"/>
     <w:rsid w:val="00C75F1E"/>
     <w:rsid w:val="00C77B1B"/>
     <w:rsid w:val="00C82DBE"/>
     <w:rsid w:val="00CA4803"/>
     <w:rsid w:val="00CC2F0D"/>
     <w:rsid w:val="00CD1C98"/>
     <w:rsid w:val="00CF0981"/>
     <w:rsid w:val="00D1139B"/>
     <w:rsid w:val="00D16C0F"/>
     <w:rsid w:val="00D81901"/>
     <w:rsid w:val="00DC1699"/>
+    <w:rsid w:val="00DD5392"/>
     <w:rsid w:val="00E312A7"/>
     <w:rsid w:val="00E32B78"/>
     <w:rsid w:val="00E625B0"/>
     <w:rsid w:val="00E8132C"/>
     <w:rsid w:val="00EE01DE"/>
     <w:rsid w:val="00F163C5"/>
     <w:rsid w:val="00F565AE"/>
     <w:rsid w:val="00F777F7"/>
     <w:rsid w:val="00F8300A"/>
     <w:rsid w:val="00F94474"/>
     <w:rsid w:val="00F95A31"/>
     <w:rsid w:val="00FA03F1"/>
     <w:rsid w:val="00FB57A8"/>
     <w:rsid w:val="00FB6C30"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="26625">
       <v:textbox inset="5.85pt,.7pt,5.85pt,.7pt"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="418020BD"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{488DD153-AE35-4BA1-805F-AB980D17D457}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Century" w:eastAsia="ＭＳ 明朝" w:hAnsi="Century" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -3229,50 +3270,51 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="0029736C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="ＭＳ 明朝"/>
       <w:sz w:val="21"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
@@ -3353,51 +3395,51 @@
     <w:rsid w:val="006A2A25"/>
     <w:pPr>
       <w:ind w:leftChars="400" w:left="851"/>
     </w:pPr>
   </w:style>
   <w:style w:type="table" w:styleId="a8">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="009E6734"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office テーマ">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
@@ -3648,73 +3690,73 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>393</Words>
-  <Characters>361</Characters>
+  <Words>395</Words>
+  <Characters>364</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>3</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>タイトル</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>753</CharactersWithSpaces>
+  <CharactersWithSpaces>758</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator/>
+  <dc:creator>okgmcUser</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>